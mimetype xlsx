--- v0 (2025-10-14)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56122262ef2c45b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447d8024edf948b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R563e5ef9cf2544c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f28e55332964c9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,542 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ced68f2c6b548d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R563e5ef9cf2544c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a0f56d2c9b426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f28e55332964c9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares II USD Floating Rate Bond UCITS ETF Dist</x:t>
+          <x:t>iShares II USD Floating Rate Bond UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ048462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>4,101</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>