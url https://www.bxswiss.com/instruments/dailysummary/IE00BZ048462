--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R447d8024edf948b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa5cb42c61e468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f28e55332964c9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2173f743ec8b4737"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a0f56d2c9b426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f28e55332964c9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8fd3eb2fa0a404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2173f743ec8b4737" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Floating Rate Bond UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ048462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,021</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,018</x:t>
-[...16 lines deleted...]
-          <x:t>5,028</x:t>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,011</x:t>
-[...70 lines deleted...]
-          <x:t>5,012</x:t>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,994</x:t>
-[...200 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,062</x:t>
-[...21 lines deleted...]
-          <x:t>5,035</x:t>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,021</x:t>
-[...16 lines deleted...]
-          <x:t>5,034</x:t>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,021</x:t>
-[...58 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>