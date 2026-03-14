--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa5cb42c61e468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b325e281fcc4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2173f743ec8b4737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62606d9f3554020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8fd3eb2fa0a404a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2173f743ec8b4737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8883dd3a31a34cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62606d9f3554020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Floating Rate Bond UCITS ETF (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ048462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>5,026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,075</x:t>
-[...16 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,057</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>5,073</x:t>
-        </x:is>
-[...521 lines deleted...]
-          <x:t>5,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>