--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R417999bfdfb947cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d6e89a7aae483d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe5a0facf4445bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cadf375a0864e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c38994ac6284d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe5a0facf4445bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07eaac4aa6054878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cadf375a0864e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ036H21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>10,433</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,408</x:t>
-[...350 lines deleted...]
-          <x:t>10,421</x:t>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,534</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>10,526</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>