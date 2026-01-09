--- v1 (2025-11-04)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d6e89a7aae483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511424786fb543d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cadf375a0864e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5ab61b75214712"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07eaac4aa6054878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cadf375a0864e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006db05e92e74268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5ab61b75214712" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ036H21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,470</x:t>
-[...549 lines deleted...]
-          <x:t>10,524</x:t>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>