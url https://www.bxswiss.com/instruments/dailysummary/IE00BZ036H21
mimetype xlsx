--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511424786fb543d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be76b5287ab4ca0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5ab61b75214712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b479937ab9b4062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R006db05e92e74268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5ab61b75214712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4954f4498dc41bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b479937ab9b4062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) USD Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BZ036H21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,345</x:t>
-[...252 lines deleted...]
-          <x:t>10,372</x:t>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>