--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6437ac181bb44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e34b3e41de4b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae23a04a7b434bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb5289b64d64234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d50f10030ae47c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae23a04a7b434bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724358e96a7d4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb5289b64d64234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II EUR Corporate Bond 0-3yr ESG UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZTVV78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,680</x:t>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,678</x:t>
-[...16 lines deleted...]
-          <x:t>4,694</x:t>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,686</x:t>
-[...97 lines deleted...]
-          <x:t>4,688</x:t>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,679</x:t>
-[...33 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,683</x:t>
-[...441 lines deleted...]
-          <x:t>4,674</x:t>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>