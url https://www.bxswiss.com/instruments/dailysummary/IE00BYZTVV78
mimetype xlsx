--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e34b3e41de4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a0ff6dbb8542f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb5289b64d64234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0f15e2e7384911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724358e96a7d4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb5289b64d64234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf796d973abc74bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0f15e2e7384911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II EUR Corporate Bond 0-3yr ESG UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZTVV78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,701</x:t>
-[...97 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,686</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>4,673</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,675</x:t>
-[...129 lines deleted...]
-          <x:t>4,634</x:t>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,646</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,652</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>4,663</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>