--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a0ff6dbb8542f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c759d6e6cf42c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0f15e2e7384911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7336d2b320b84c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf796d973abc74bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0f15e2e7384911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8917258f994694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7336d2b320b84c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II EUR Corporate Bond 0-3yr ESG UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZTVV78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,662</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,645</x:t>
-[...16 lines deleted...]
-          <x:t>4,649</x:t>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,634</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...580 lines deleted...]
-          <x:t>4,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,600</x:t>
+          <x:t>4,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>