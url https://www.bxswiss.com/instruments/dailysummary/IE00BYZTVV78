--- v3 (2025-12-31)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c759d6e6cf42c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b97b20942b340fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7336d2b320b84c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982aa951b7f04eaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8917258f994694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7336d2b320b84c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08a36a962ef4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982aa951b7f04eaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II EUR Corporate Bond 0-3yr ESG UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZTVV78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,623</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,634</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,630</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>4,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,630</x:t>
-[...458 lines deleted...]
-          <x:t>4,615</x:t>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>