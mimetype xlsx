--- v4 (2026-02-12)
+++ v5 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b97b20942b340fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb8d98fa8694f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982aa951b7f04eaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R742ebf7003844f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb08a36a962ef4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982aa951b7f04eaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c37f5cc22224b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R742ebf7003844f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II EUR Corporate Bond 0-3yr ESG UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZTVV78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>4,602</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,577</x:t>
-[...6 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,593</x:t>
-[...80 lines deleted...]
-          <x:t>4,597</x:t>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,589</x:t>
-[...141 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,559</x:t>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,549</x:t>
-[...53 lines deleted...]
-          <x:t>4,554</x:t>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>