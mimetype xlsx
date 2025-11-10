--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28c1a807dd043e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47085bfe6ca446f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8829a716ce744a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e78117c7db4c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6054b21634214fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8829a716ce744a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7c18c4e58a2470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e78117c7db4c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digitalisation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>9,230</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,272</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>9,294</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>