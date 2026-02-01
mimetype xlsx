--- v1 (2025-11-10)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47085bfe6ca446f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4deba7c14346d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e78117c7db4c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587de564b9414c14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7c18c4e58a2470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e78117c7db4c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a94e31b648245a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587de564b9414c14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digitalisation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>9,045</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,861</x:t>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>