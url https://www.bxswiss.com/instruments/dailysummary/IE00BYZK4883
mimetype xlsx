--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4deba7c14346d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12b5d6415d3b4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587de564b9414c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cbc5ccd520c4fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a94e31b648245a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587de564b9414c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d5c929f4b84a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cbc5ccd520c4fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digitalisation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>8,591</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>22.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,537</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>8,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,346</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>