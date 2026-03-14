--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12b5d6415d3b4e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb31ed20923b44acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cbc5ccd520c4fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6300e206993f40d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d5c929f4b84a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cbc5ccd520c4fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7cf60833f2b432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6300e206993f40d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digitalisation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,762</x:t>
-[...4 lines deleted...]
-          <x:t>7,665</x:t>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>7,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>