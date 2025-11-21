--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4b4eb69211481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebf68f66814496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55777c3464094e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93899a6f40d643f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf890c8ac187c49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55777c3464094e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e766e995324ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93899a6f40d643f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,129</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>7,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,302</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>7,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>