--- v1 (2025-11-21)
+++ v2 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebf68f66814496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f0ea3ab114480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93899a6f40d643f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10171443b86486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e766e995324ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93899a6f40d643f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fb7a879c864b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10171443b86486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,212</x:t>
-[...107 lines deleted...]
-          <x:t>7,306</x:t>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>7,274</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,293</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>7,309</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,280</x:t>
-[...301 lines deleted...]
-          <x:t>7,302</x:t>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>