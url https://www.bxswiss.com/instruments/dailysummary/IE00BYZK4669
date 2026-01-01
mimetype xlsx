--- v2 (2025-12-11)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f0ea3ab114480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0065fd28219644fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd10171443b86486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e25f13e8624ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fb7a879c864b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd10171443b86486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0109329b634ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e25f13e8624ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>7,337</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,595</x:t>
-[...4 lines deleted...]
-          <x:t>7,536</x:t>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,578</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>7,561</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>