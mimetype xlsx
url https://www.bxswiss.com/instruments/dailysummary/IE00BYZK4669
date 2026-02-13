--- v3 (2026-01-01)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0065fd28219644fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c063ed8152843e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71e25f13e8624ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3781c613c64538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0109329b634ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71e25f13e8624ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53aacb8dfb0409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3781c613c64538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>7,431</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,546</x:t>
-[...26 lines deleted...]
-          <x:t>7,606</x:t>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,593</x:t>
-[...33 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,612</x:t>
-[...333 lines deleted...]
-          <x:t>7,607</x:t>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>