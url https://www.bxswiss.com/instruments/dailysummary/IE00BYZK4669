--- v4 (2026-02-13)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c063ed8152843e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfeca584bf524c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d3781c613c64538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d25dbbbb5fa49f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra53aacb8dfb0409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d3781c613c64538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dadf7c5b4f74d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d25dbbbb5fa49f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Ageing Population UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>7,720</x:t>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,695</x:t>
-[...129 lines deleted...]
-          <x:t>7,496</x:t>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>7,575</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,497</x:t>
-[...269 lines deleted...]
-          <x:t>7,485</x:t>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>