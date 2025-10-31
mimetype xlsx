--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bd02ac7174492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50068f5cd089470a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbeb1f82d75c4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b28ab6382634eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe4f44f69b024b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbeb1f82d75c4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cfa05bbd3b4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b28ab6382634eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>12,500</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,500</x:t>
-[...129 lines deleted...]
-          <x:t>12,535</x:t>
+          <x:t>12,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,488</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>12,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,770</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>