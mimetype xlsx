--- v1 (2025-10-31)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50068f5cd089470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eef2e84405f41a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b28ab6382634eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbd1203840e4344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75cfa05bbd3b4de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b28ab6382634eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95b904164774c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbd1203840e4344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>12,601</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>13,013</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,989</x:t>
-[...232 lines deleted...]
-          <x:t>13,102</x:t>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>13,676</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>