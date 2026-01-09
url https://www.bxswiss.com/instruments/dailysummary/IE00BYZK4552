--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eef2e84405f41a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef56187759d49e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbd1203840e4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595f509f9fd748ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95b904164774c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbd1203840e4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ddab95f4fe46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595f509f9fd748ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>12,795</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>15,000</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,296</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>12,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>