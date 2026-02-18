--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbef56187759d49e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d8bc02b7ef4649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R595f509f9fd748ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c6bc5c1e044c21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ddab95f4fe46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R595f509f9fd748ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2741c274af5b4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c6bc5c1e044c21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,061</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>13,296</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>