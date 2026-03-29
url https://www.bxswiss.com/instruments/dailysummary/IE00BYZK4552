--- v4 (2026-02-18)
+++ v5 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d8bc02b7ef4649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b14411e5e8543b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c6bc5c1e044c21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcbc8a90b7c48ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2741c274af5b4a6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c6bc5c1e044c21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2fa534a47e475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcbc8a90b7c48ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZK4552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>12,000</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,606</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>12,850</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>