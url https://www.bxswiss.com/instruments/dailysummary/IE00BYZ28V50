--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1356ef07b1684094" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc7d193c9c14367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae02928e35e64d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b1054ba8a294c23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re115c03ba9d948c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae02928e35e64d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f88246083694ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b1054ba8a294c23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Govt Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZ28V50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,746</x:t>
-[...21 lines deleted...]
-          <x:t>4,742</x:t>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,778</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>4,760</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>4,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>