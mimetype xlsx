--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc7d193c9c14367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7999e97e5e7d491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b1054ba8a294c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd201b1fd86784ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f88246083694ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b1054ba8a294c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra58f8a9d8c01402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd201b1fd86784ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Govt Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZ28V50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>4,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,736</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,747</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,749</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>4,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,727</x:t>
-[...404 lines deleted...]
-          <x:t>4,760</x:t>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>