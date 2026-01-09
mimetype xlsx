--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7999e97e5e7d491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb48e982a462f40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd201b1fd86784ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a70dcef8c214bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra58f8a9d8c01402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd201b1fd86784ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041f251dd18e42f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a70dcef8c214bdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Govt Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZ28V50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,798</x:t>
-[...232 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>4,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,769</x:t>
-[...16 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,788</x:t>
-[...85 lines deleted...]
-          <x:t>4,737</x:t>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>4,738</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,742</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,747</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>4,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>