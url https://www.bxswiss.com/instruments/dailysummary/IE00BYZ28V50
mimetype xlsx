--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb48e982a462f40de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0195b90b3d4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a70dcef8c214bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37fff5d1afb4e6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R041f251dd18e42f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a70dcef8c214bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dfdd3776b2f48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37fff5d1afb4e6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Govt Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZ28V50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,723</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>4,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>4,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,748</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>4,747</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>