--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0195b90b3d4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04848bef26c54ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37fff5d1afb4e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac18621b0f524117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dfdd3776b2f48af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37fff5d1afb4e6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf839b4055f064830" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac18621b0f524117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Govt Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYZ28V50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,709</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>4,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...559 lines deleted...]
-          <x:t>4,817</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>