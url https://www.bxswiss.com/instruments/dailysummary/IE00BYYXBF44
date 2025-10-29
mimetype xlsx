--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9036184b63b044b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc98d02322847be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696153c469ba4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8bb38d444447e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7723083ce99e4d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696153c469ba4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5400b88775134679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8bb38d444447e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE Emerging Markets High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYXBF44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>20,910</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,918</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>20,807</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>