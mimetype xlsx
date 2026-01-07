--- v1 (2025-10-29)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc98d02322847be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52883e9014654d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8bb38d444447e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061e384c4a09418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5400b88775134679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8bb38d444447e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6aa410834f4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061e384c4a09418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE Emerging Markets High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYXBF44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>21,423</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,364</x:t>
-[...26 lines deleted...]
-          <x:t>21,295</x:t>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>