--- v2 (2026-01-07)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52883e9014654d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28f32215b3b487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061e384c4a09418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0841f4e7054b4e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6aa410834f4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061e384c4a09418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c6a778a874fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0841f4e7054b4e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE Emerging Markets High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYXBF44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>