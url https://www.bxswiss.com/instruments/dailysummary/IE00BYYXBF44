--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb28f32215b3b487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf466adceae44208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0841f4e7054b4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d8b651f3f6e4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22c6a778a874fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0841f4e7054b4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7a425010a5a4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d8b651f3f6e4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE Emerging Markets High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYXBF44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>21,957</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,957</x:t>
-[...102 lines deleted...]
-          <x:t>22,365</x:t>
+          <x:t>22,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,321</x:t>
-[...92 lines deleted...]
-          <x:t>22,543</x:t>
+          <x:t>22,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,437</x:t>
-[...129 lines deleted...]
-          <x:t>22,950</x:t>
+          <x:t>22,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,835</x:t>
-[...134 lines deleted...]
-          <x:t>22,722</x:t>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>