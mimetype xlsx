--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5072806385640aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b8c834842f34e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17dd1668fc2742fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff96630ecf74117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98fc5a31e5484d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17dd1668fc2742fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593674d6298946ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff96630ecf74117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Saudi Arabia Capped UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYR0489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>