--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b8c834842f34e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07855f1471b14c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff96630ecf74117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ad4d08b76c4a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R593674d6298946ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff96630ecf74117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d7ae1b3e7945dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ad4d08b76c4a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Saudi Arabia Capped UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYR0489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>6,618</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>