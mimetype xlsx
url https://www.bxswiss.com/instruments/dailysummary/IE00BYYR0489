--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07855f1471b14c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429e61916ae84195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ad4d08b76c4a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceace55548904ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d7ae1b3e7945dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ad4d08b76c4a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e61bc67fbe447b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceace55548904ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Saudi Arabia Capped UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYR0489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,237</x:t>
-[...31 lines deleted...]
-          <x:t>6,076</x:t>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,094</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>05.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,080</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>6,108</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>6,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>