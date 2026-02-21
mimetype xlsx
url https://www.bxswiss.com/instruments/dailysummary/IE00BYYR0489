--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429e61916ae84195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea9527277114c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceace55548904ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443597fee15f45ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e61bc67fbe447b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceace55548904ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R336585eccaa74faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443597fee15f45ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Saudi Arabia Capped UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYR0489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>6,108</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>