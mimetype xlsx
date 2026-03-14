--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ea9527277114c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R837dcfa0e4e74900" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443597fee15f45ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f9ae3040fd419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R336585eccaa74faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443597fee15f45ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3917af67edf4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f9ae3040fd419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Saudi Arabia Capped UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYR0489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,423</x:t>
-[...603 lines deleted...]
-          <x:t>6,412</x:t>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>