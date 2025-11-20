--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b9f055173245f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba95e56dd6f4db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa510693c8f4c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3387f8ab67c34de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34157ff0b3fd4b77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa510693c8f4c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0a0ad175634b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3387f8ab67c34de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity CMCI SF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYLVK39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,789</x:t>
-[...38 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,989</x:t>
-[...129 lines deleted...]
-          <x:t>13,870</x:t>
+          <x:t>14,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,981</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>13,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>