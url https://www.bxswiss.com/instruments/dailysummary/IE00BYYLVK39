--- v1 (2025-11-20)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba95e56dd6f4db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d1b9a852a34a0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3387f8ab67c34de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861b58f6b5e94c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0a0ad175634b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3387f8ab67c34de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478214dbf8b54a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861b58f6b5e94c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity CMCI SF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYLVK39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>13,899</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>13,958</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,855</x:t>
-[...227 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>14,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>13,981</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>