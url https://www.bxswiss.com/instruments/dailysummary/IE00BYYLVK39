--- v2 (2025-12-31)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d1b9a852a34a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc305f0cddbf44344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861b58f6b5e94c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3e8cb895574ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478214dbf8b54a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861b58f6b5e94c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7500fb7bc8744093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3e8cb895574ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity CMCI SF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYLVK39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>14,516</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>