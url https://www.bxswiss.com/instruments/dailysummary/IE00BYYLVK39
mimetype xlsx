--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc305f0cddbf44344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b6ed8cdeb2447d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3e8cb895574ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab59cb9b3e94cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7500fb7bc8744093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3e8cb895574ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086e3153e1e24fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab59cb9b3e94cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity CMCI SF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYYLVK39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,305</x:t>
-[...70 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,598</x:t>
-[...279 lines deleted...]
-          <x:t>15,233</x:t>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>