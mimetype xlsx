--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb873bf35125c4b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784313d821104a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4815537f9a3b415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e63872374745b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15c89f1ff1f4aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4815537f9a3b415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595c01c82850412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e63872374745b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXZ2585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>6,944</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,940</x:t>
-[...92 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,004</x:t>
-[...210 lines deleted...]
-          <x:t>7,023</x:t>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,015</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,262</x:t>
-[...4 lines deleted...]
-          <x:t>7,156</x:t>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,233</x:t>
-[...9 lines deleted...]
-          <x:t>7,186</x:t>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>