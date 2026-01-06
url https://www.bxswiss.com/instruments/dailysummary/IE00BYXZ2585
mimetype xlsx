--- v1 (2025-10-31)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R784313d821104a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf590af7f6b6f4618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e63872374745b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c924d3176f4a86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595c01c82850412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e63872374745b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923e6cac5e84a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c924d3176f4a86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXZ2585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,191</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>