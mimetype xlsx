--- v2 (2026-01-06)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf590af7f6b6f4618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb38a21b896494f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c924d3176f4a86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refe19ad635bc4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5923e6cac5e84a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c924d3176f4a86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra526ce1f45f24d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refe19ad635bc4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXZ2585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,563</x:t>
-[...9 lines deleted...]
-          <x:t>7,554</x:t>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>