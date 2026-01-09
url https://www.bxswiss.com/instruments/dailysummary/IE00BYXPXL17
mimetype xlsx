--- v0 (2025-10-12)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ead90a50cb4125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af8e0aeeb9945ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c95722b92f41a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e941b5d626e482f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b1d047e5c14dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c95722b92f41a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0caed91bb56411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e941b5d626e482f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,756</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>7,794</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>7,765</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,758</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>7,802</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>7,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>