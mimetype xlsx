--- v1 (2026-01-09)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af8e0aeeb9945ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0936b4bb40324deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e941b5d626e482f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f7ad1386d140e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0caed91bb56411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e941b5d626e482f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45084e2e163d4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f7ad1386d140e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,772</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>7,748</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,765</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,792</x:t>
-[...350 lines deleted...]
-          <x:t>7,800</x:t>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,774</x:t>
-[...26 lines deleted...]
-          <x:t>7,802</x:t>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>