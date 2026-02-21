--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0936b4bb40324deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d3bd6088ed349e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f7ad1386d140e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172258db82d84933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45084e2e163d4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f7ad1386d140e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cabaaf007f44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172258db82d84933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>7,776</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,742</x:t>
-[...97 lines deleted...]
-          <x:t>7,817</x:t>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,776</x:t>
-[...53 lines deleted...]
-          <x:t>7,785</x:t>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,840</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>7,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>