--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d3bd6088ed349e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b70f6d483d4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R172258db82d84933"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc3507c04434f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cabaaf007f44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R172258db82d84933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d3d8db40b64d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc3507c04434f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VI Edge MSCI World Minimum Volatility UCITS ETF EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPXL17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>7,767</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,816</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>7,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,806</x:t>
-[...495 lines deleted...]
-          <x:t>7,840</x:t>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>