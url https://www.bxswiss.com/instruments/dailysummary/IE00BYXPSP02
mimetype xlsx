--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91cc66eb20e44145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ca1bd524a243b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04dcf26cf9cc49b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95da1ea8801f4c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9da54d080c534c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04dcf26cf9cc49b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c2f8b7a36a4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95da1ea8801f4c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPSP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,657</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,651</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,668</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,665</x:t>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>4,645</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,642</x:t>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,670</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>4,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>