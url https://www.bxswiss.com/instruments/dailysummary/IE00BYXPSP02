--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ca1bd524a243b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07e7e63ee3a4d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95da1ea8801f4c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c7a1c3bdfa47d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c2f8b7a36a4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95da1ea8801f4c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903e37c749ce4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c7a1c3bdfa47d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPSP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,645</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,642</x:t>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,662</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,672</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>4,664</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,653</x:t>
-[...26 lines deleted...]
-          <x:t>4,650</x:t>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,651</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>4,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>