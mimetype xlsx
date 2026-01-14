--- v2 (2025-11-14)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07e7e63ee3a4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde618a31a8ee4d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c7a1c3bdfa47d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8119173b02ab46ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903e37c749ce4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c7a1c3bdfa47d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428ec81ad81948ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8119173b02ab46ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPSP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,691</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,691</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,721</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,701</x:t>
-[...497 lines deleted...]
-          <x:t>4,729</x:t>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,736</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>4,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>