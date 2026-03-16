--- v3 (2026-01-14)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde618a31a8ee4d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e3167c8f8f417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8119173b02ab46ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4179f794f2c4c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428ec81ad81948ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8119173b02ab46ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ea8480d12e4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4179f794f2c4c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV USD Treasury Bond 1-3yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYXPSP02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,702</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,691</x:t>
-[...404 lines deleted...]
-          <x:t>4,736</x:t>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>