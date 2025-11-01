--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260ee4e82b9443dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777a7a2ee0ce4cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc85ce711f1f84d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f35b374286d49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99d89536e63481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc85ce711f1f84d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7914af41aa4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f35b374286d49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>10,884</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,006</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>10,988</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,167</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>11,072</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>