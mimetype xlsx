--- v1 (2025-11-01)
+++ v2 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R777a7a2ee0ce4cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1412c3c3b34409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f35b374286d49e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808f679c89fe4f43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7914af41aa4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f35b374286d49e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7755fbdebb3d4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808f679c89fe4f43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>11,191</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,186</x:t>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,262</x:t>
-[...4 lines deleted...]
-          <x:t>11,217</x:t>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,237</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,260</x:t>
-        </x:is>
-[...435 lines deleted...]
-          <x:t>11,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>