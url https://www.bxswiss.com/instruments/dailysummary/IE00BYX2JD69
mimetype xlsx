--- v2 (2025-12-11)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1412c3c3b34409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f7187ac3b94255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808f679c89fe4f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9a95b25b574155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7755fbdebb3d4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808f679c89fe4f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8041b996534759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9a95b25b574155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,277</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,208</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>11,262</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,195</x:t>
-[...598 lines deleted...]
-          <x:t>11,260</x:t>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>