--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f7187ac3b94255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2434e0b526e4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9a95b25b574155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803a9f2f28cf4a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8041b996534759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9a95b25b574155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692919ac306743a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803a9f2f28cf4a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,417</x:t>
-[...31 lines deleted...]
-          <x:t>11,351</x:t>
+          <x:t>11,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,368</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>11,332</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>