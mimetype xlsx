--- v4 (2026-02-11)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2434e0b526e4b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3d3de56f684018" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803a9f2f28cf4a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a808bdc13147bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692919ac306743a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803a9f2f28cf4a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80c0b5e8b8c9409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a808bdc13147bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World SRI UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYX2JD69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...566 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>11,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>