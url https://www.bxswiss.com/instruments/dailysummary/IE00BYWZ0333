--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcceba9f7dc80422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aae22bfa48c43e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebd33210d024230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b25e9cc0814027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb35183ca5cd74f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebd33210d024230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b5e9a391d64d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b25e9cc0814027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWZ0333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,583</x:t>
-[...117 lines deleted...]
-          <x:t>10,904</x:t>
+          <x:t>10,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>