--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aae22bfa48c43e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e0e2a6632d4e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b25e9cc0814027"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff472b30f5248de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31b5e9a391d64d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b25e9cc0814027" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b349983edd4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff472b30f5248de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWZ0333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>10,832</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,934</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>11,357</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>06.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,220</x:t>
-[...171 lines deleted...]
-          <x:t>10,792</x:t>
+          <x:t>11,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>