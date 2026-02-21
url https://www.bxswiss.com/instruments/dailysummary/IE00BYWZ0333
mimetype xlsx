--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e0e2a6632d4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ac99dda4164a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff472b30f5248de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5c6eb3d56f4208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b349983edd4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff472b30f5248de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6755fd49caf24d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5c6eb3d56f4208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Automation &amp; Robotics UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWZ0333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>10,568</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>11,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...46 lines deleted...]
-          <x:t>11,297</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>