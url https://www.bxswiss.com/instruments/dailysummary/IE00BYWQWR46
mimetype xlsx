--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1bf578b180c4c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce13b26cc9d416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554e2985dcb14ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06ed684e4414f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3e7d444b97436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554e2985dcb14ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea03db2cafe4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06ed684e4414f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWQWR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>60,368</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>