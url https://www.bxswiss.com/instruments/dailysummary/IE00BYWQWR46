--- v1 (2026-01-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcce13b26cc9d416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb27565a1e004a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06ed684e4414f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28be87e495a94fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea03db2cafe4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06ed684e4414f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd137a194c8964098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28be87e495a94fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWQWR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>