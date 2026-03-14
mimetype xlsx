--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb27565a1e004a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef02a54316a4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28be87e495a94fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc68dddac2fce4407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd137a194c8964098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28be87e495a94fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6979ab7bb3d40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc68dddac2fce4407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Vectors Video Gaming and eSports UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYWQWR46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>