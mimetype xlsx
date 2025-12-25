--- v0 (2025-10-04)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f2aa163ed04e5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9968bfa11a4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3749f528a37448b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321d93e1f4b74c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d1477510cb4efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3749f528a37448b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f641f58dc8d45d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321d93e1f4b74c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMZ20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>25,695</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>25,753</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,707</x:t>
-[...134 lines deleted...]
-          <x:t>25,718</x:t>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>26,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,782</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>25,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>