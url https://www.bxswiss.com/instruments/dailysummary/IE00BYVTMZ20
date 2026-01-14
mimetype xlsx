--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a9968bfa11a4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad3a139e884814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R321d93e1f4b74c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898cc50ca20e4746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f641f58dc8d45d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R321d93e1f4b74c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73aeeec4c6454b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898cc50ca20e4746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMZ20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,054</x:t>
-[...522 lines deleted...]
-          <x:t>25,782</x:t>
+          <x:t>26,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>