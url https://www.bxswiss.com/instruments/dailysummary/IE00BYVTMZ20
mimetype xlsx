--- v2 (2026-01-14)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ad3a139e884814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e469cd836c4197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898cc50ca20e4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb44267fb6a847b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73aeeec4c6454b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898cc50ca20e4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c87b58adfd440cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb44267fb6a847b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMZ20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>26,007</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,887</x:t>
-[...48 lines deleted...]
-          <x:t>25,728</x:t>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>26,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>