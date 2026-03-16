--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e469cd836c4197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d56bd5789664b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb44267fb6a847b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd29e9df08ac4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c87b58adfd440cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb44267fb6a847b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f55d6018140ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd29e9df08ac4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco US High Yield Fallen Angels UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMZ20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>25,616</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>25,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>25,722</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>