--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd4cac6b2264a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390a262699fa4184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18fdab0c16094873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695b27718a36464f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R535f864dba534066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18fdab0c16094873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26083456c5824db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695b27718a36464f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>397,541</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...397 lines deleted...]
-          <x:t>400,309</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>