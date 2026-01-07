--- v1 (2025-11-02)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390a262699fa4184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9607d9ac63ce45ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695b27718a36464f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423d6c686c25485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26083456c5824db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695b27718a36464f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f27619d69f74279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423d6c686c25485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>419,222</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>