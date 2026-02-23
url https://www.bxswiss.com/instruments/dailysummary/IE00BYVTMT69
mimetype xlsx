--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9607d9ac63ce45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ff43222e1f4880" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R423d6c686c25485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a6c8dc6e034a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f27619d69f74279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R423d6c686c25485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2905540d714445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a6c8dc6e034a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>403,906</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>413,966</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>