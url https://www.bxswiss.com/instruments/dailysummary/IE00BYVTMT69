--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ff43222e1f4880" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef0ba8606b744e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a6c8dc6e034a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ab8d9d58ee43f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2905540d714445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a6c8dc6e034a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re806624ab0a94a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ab8d9d58ee43f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF CHF Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>