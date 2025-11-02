--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc336bb0e7d934ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff3f30be304414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02d3b74ddc74c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d9d9aee8544b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0617c0dd50a949fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02d3b74ddc74c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79ab949c6be4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d9d9aee8544b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>