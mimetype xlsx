--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff3f30be304414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3454c102244df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d9d9aee8544b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3e5e25ac694093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79ab949c6be4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d9d9aee8544b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be8db08ec724701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3e5e25ac694093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>419,266</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>