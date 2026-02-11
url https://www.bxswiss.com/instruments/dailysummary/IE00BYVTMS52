--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3454c102244df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffa34746c6540ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3e5e25ac694093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44abc8b76070473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be8db08ec724701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3e5e25ac694093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f08b81adf44eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44abc8b76070473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>413,438</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>