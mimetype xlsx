--- v3 (2026-02-11)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ffa34746c6540ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4331e92189f14b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44abc8b76070473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R819d2d0367c54a50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f08b81adf44eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44abc8b76070473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4629510e8a6d4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R819d2d0367c54a50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF EUR Hdg Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVTMS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>400,884</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>