--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f9385444b54710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7601a2f275d34e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d24fb34240946b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R187f419835e14c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d211364f316488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d24fb34240946b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c0aba9a95f4fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R187f419835e14c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>13,583</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,534</x:t>
-[...517 lines deleted...]
-          <x:t>14,021</x:t>
+          <x:t>13,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>