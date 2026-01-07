--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7601a2f275d34e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e1d433399644d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R187f419835e14c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca865bd62474fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c0aba9a95f4fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R187f419835e14c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99de48b886544ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca865bd62474fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>14,348</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,327</x:t>
-[...6 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,373</x:t>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,328</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>13,938</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>