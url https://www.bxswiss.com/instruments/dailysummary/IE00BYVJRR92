--- v2 (2026-01-07)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e1d433399644d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b821930c494ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca865bd62474fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1cd88120c74b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99de48b886544ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca865bd62474fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f496398afef4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1cd88120c74b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>14,351</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,392</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,351</x:t>
-[...134 lines deleted...]
-          <x:t>14,302</x:t>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,116</x:t>
-[...215 lines deleted...]
-          <x:t>14,551</x:t>
+          <x:t>14,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>