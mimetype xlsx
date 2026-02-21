--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3b821930c494ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1c9ac0d49842aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1cd88120c74b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e30fb547dac42fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f496398afef4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1cd88120c74b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27807bf42633491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e30fb547dac42fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,783</x:t>
-[...215 lines deleted...]
-          <x:t>14,581</x:t>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,263</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,340</x:t>
-[...36 lines deleted...]
-          <x:t>14,243</x:t>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>