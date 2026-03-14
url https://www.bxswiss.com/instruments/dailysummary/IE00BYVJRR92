--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc1c9ac0d49842aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bf459d7e804f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e30fb547dac42fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c38f5560fff45d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27807bf42633491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e30fb547dac42fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a279cfe73034af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c38f5560fff45d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA SRI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRR92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>14,438</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,284</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>14,273</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>