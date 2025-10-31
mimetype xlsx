--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797ac4dc24fc45e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re161c4b4067d4801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc117a061088743ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R647a1418c86d4857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b2de08291948f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc117a061088743ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R657f810053624e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R647a1418c86d4857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRP78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>7,236</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,231</x:t>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,253</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>7,247</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,235</x:t>
-[...107 lines deleted...]
-          <x:t>7,408</x:t>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,414</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,423</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,404</x:t>
-[...4 lines deleted...]
-          <x:t>7,487</x:t>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>