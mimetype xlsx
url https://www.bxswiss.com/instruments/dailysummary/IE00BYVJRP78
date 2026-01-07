--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re161c4b4067d4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c04216be604c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R647a1418c86d4857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a897b70cd94e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R657f810053624e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R647a1418c86d4857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b59fbfe4c654d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a897b70cd94e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRP78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,491</x:t>
-[...31 lines deleted...]
-          <x:t>7,478</x:t>
+          <x:t>7,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,494</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...302 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>7,503</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>