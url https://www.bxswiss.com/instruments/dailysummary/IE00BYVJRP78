--- v2 (2026-01-07)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c04216be604c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a5d19111ba4daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a897b70cd94e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292746dfc8d04591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b59fbfe4c654d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a897b70cd94e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0bc8d3dd1694760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292746dfc8d04591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRP78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>