--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a5d19111ba4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd201aad2db8456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292746dfc8d04591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0f5ce83a2948d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0bc8d3dd1694760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292746dfc8d04591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7004d32427a7405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0f5ce83a2948d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRP78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,888</x:t>
-[...48 lines deleted...]
-          <x:t>7,846</x:t>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,839</x:t>
-[...335 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,084</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>7,872</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>