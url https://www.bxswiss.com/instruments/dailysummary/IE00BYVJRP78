--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd201aad2db8456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2046d6459d480f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a0f5ce83a2948d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5777480fed7e4b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7004d32427a7405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a0f5ce83a2948d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3f9725ec4548f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5777480fed7e4b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVJRP78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,084</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>8,065</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,935</x:t>
-[...431 lines deleted...]
-          <x:t>8,242</x:t>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>