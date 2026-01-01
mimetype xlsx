--- v0 (2025-11-20)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a395f04c5d4451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ff0c838b81470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4eb32a3229d4d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96e0199f3de43bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05e5e7957e764edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4eb32a3229d4d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5bfa5adbb246bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96e0199f3de43bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVDRF92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>257,425</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>