--- v1 (2026-01-01)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ff0c838b81470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8703cba283ef4f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra96e0199f3de43bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418a8e31217f4920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e5bfa5adbb246bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra96e0199f3de43bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105411aa7df34039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418a8e31217f4920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVDRF92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>271,136</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>