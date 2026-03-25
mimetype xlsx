--- v2 (2026-02-10)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8703cba283ef4f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b66c4e15be446b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R418a8e31217f4920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde25140a3fb24f0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R105411aa7df34039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R418a8e31217f4920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963ce007ae864d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde25140a3fb24f0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYVDRF92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...539 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>273,784</x:t>
-[...36 lines deleted...]
-          <x:t>272,699</x:t>
+          <x:t>264,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>