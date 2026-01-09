--- v0 (2025-10-18)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d60b83c03494030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b33da2f28544717" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c77bc70f864341"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8e466ada64dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc3cfa24beb473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c77bc70f864341" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc788fe1cf54d43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8e466ada64dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>51,602</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,286</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,469</x:t>
-[...26 lines deleted...]
-          <x:t>54,525</x:t>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,537</x:t>
-[...80 lines deleted...]
-          <x:t>53,269</x:t>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>