--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b33da2f28544717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb705dc8ded4993" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8e466ada64dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23dfbb407184bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc788fe1cf54d43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8e466ada64dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53414a66576a48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23dfbb407184bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,438</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>52,838</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>