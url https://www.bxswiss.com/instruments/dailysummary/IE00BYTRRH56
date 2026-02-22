--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb705dc8ded4993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b7c853f1f54ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23dfbb407184bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcfb203e42a4659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53414a66576a48db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23dfbb407184bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45993a51da604fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcfb203e42a4659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>53,195</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,650</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,079</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>52,514</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>