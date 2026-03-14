--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b7c853f1f54ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f3a51209844035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcfb203e42a4659"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52e769c9132a47a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45993a51da604fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcfb203e42a4659" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d2116828e74171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52e769c9132a47a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>54,054</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,108</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>53,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,438</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,963</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>