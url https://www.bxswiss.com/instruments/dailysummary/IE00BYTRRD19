--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab8b8124b9a46b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3dd6bb13234e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09227d9fbb8c444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra878654d02974ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91fd6a6fb7e64302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09227d9fbb8c444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813e8c4fd62c435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra878654d02974ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Technology UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRD19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>