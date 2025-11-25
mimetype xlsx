--- v1 (2025-10-31)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3dd6bb13234e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bc2b1bf4d648c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra878654d02974ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed125c16cf54a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813e8c4fd62c435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra878654d02974ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f5c73e421b44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed125c16cf54a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Technology UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRD19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>