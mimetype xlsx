--- v2 (2025-11-25)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7bc2b1bf4d648c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab736e44851143f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed125c16cf54a46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ff014ef5bb4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f5c73e421b44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed125c16cf54a46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9d7ba9f24b4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ff014ef5bb4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Technology UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRD19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>174,668</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>