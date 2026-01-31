--- v3 (2026-01-05)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab736e44851143f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b682fbac264bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ff014ef5bb4f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee7616ac7274fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9d7ba9f24b4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ff014ef5bb4f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4124891977b45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee7616ac7274fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Technology UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRD19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>