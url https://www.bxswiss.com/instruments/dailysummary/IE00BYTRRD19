--- v4 (2026-01-31)
+++ v5 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b682fbac264bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6c75225cce40e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee7616ac7274fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88dec2e33654be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4124891977b45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee7616ac7274fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd204cc7ea494ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88dec2e33654be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Technology UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRRD19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>168,597</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>