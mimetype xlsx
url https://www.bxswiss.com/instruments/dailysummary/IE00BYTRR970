--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e0b10e05dc4ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30eeeef133545da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3612fbe55744cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6c816c14904159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf4d108b8a744ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3612fbe55744cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c3cf3fc96c4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6c816c14904159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>70,789</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>70,820</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,820</x:t>
-[...112 lines deleted...]
-          <x:t>71,035</x:t>
+          <x:t>71,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>