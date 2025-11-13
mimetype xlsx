--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30eeeef133545da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2303f6126344df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6c816c14904159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2088eea1d5f44b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c3cf3fc96c4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6c816c14904159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f1c359a2af4ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2088eea1d5f44b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>