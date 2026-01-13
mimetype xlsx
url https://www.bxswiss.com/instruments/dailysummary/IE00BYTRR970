--- v2 (2025-11-13)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2303f6126344df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07fbf886dec4745" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2088eea1d5f44b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc181415a108a44c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40f1c359a2af4ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2088eea1d5f44b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ef0748464340ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc181415a108a44c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,297</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>