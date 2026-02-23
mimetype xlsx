--- v3 (2026-01-13)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07fbf886dec4745" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2149597a7d4f30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc181415a108a44c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099ec3511a8a40a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ef0748464340ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc181415a108a44c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29999eb88cfd4aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099ec3511a8a40a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>74,060</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,776</x:t>
-[...328 lines deleted...]
-          <x:t>75,738</x:t>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>