--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2149597a7d4f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcced9569f704822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099ec3511a8a40a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0308ef0ccf3745e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29999eb88cfd4aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099ec3511a8a40a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e56b41cac6c4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0308ef0ccf3745e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Financials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>