--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73614edb76564440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19837591286945e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797f8208863b40a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ca4db75f034e87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0425e57f6eb4fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797f8208863b40a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6f722a4b504622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ca4db75f034e87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Consumer Discretionary UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>69,047</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,634</x:t>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>