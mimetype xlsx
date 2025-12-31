--- v1 (2025-10-29)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19837591286945e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb573bb864c754175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ca4db75f034e87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185230190296401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6f722a4b504622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ca4db75f034e87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dae27a0624b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185230190296401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Consumer Discretionary UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>68,737</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>70,080</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>