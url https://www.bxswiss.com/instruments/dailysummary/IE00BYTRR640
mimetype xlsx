--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb573bb864c754175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8cb21d3e1545c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185230190296401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a4862d62344aeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dae27a0624b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185230190296401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fdf3a5649b49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a4862d62344aeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Consumer Discretionary UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>69,595</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>