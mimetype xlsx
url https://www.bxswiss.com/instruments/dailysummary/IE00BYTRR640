--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8cb21d3e1545c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ba862dc68c4c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5a4862d62344aeb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc766ed0e91064e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fdf3a5649b49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5a4862d62344aeb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0726caa2acca4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc766ed0e91064e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Consumer Discretionary UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>