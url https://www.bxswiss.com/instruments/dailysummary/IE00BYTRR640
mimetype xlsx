--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76ba862dc68c4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2589813ca2f9445d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc766ed0e91064e9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd65db64ca3c04390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0726caa2acca4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc766ed0e91064e9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360c2d741c0646d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd65db64ca3c04390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI World Consumer Discretionary UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYTRR640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>