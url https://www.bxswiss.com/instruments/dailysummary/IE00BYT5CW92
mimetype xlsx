--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63947850f4ed476f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a54c158cbfc475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163ecdd858704df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8b94bacf5b4e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba43ec3a0bba4bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163ecdd858704df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bdde5b7a2174c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8b94bacf5b4e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>163,122</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>