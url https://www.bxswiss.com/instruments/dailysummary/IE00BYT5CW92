--- v1 (2025-11-13)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a54c158cbfc475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dfebdae70840ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8b94bacf5b4e8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce88d99d8f734067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bdde5b7a2174c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8b94bacf5b4e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce5768c9e8443eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce88d99d8f734067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...431 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,904</x:t>
-[...75 lines deleted...]
-          <x:t>167,070</x:t>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>167,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>169,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>