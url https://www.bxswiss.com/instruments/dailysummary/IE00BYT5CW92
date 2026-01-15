--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dfebdae70840ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda975c85edc4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce88d99d8f734067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4090c0f14e43cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce5768c9e8443eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce88d99d8f734067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cebd3cb60e44d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4090c0f14e43cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,864</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>