--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda975c85edc4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeec9fcab1a7425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4090c0f14e43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ec824d0a6d459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cebd3cb60e44d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4090c0f14e43cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2fa20ee29b54a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ec824d0a6d459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>