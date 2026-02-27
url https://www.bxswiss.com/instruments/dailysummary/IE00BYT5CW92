--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeec9fcab1a7425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406438b5a9bf4c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ec824d0a6d459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f59239631145ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2fa20ee29b54a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ec824d0a6d459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0aa0208b7f94e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f59239631145ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>