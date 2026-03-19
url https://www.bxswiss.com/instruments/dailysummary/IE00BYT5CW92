--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406438b5a9bf4c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f3cb250dd848f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8f59239631145ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e0e9d043944ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0aa0208b7f94e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8f59239631145ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2786df2d3645bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e0e9d043944ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - CMCI ex-Agriculture UCITS ETF hdg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYT5CW92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>182,610</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,380</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>180,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,016</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>