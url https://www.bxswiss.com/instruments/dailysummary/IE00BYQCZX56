--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d22623b7e54425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391fa6011fc9403d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red44cf96f28a41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a170f5a701d49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe873966b8534398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red44cf96f28a41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cc0f4cc2b1449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a170f5a701d49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>26,095</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,035</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>26,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,044</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>