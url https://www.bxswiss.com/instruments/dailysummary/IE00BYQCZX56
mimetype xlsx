--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R391fa6011fc9403d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafedec9a444422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a170f5a701d49cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc1662f3b5e4834"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10cc0f4cc2b1449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a170f5a701d49cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca0698ec51f4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc1662f3b5e4834" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>27,098</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>