--- v2 (2026-01-09)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafedec9a444422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf86b1742b448cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc1662f3b5e4834"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cb441a9bdb409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca0698ec51f4bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc1662f3b5e4834" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d10854eefd488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cb441a9bdb409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>27,474</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,554</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>27,413</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,413</x:t>
+          <x:t>28,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,662</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>28,054</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,154</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>28,159</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>