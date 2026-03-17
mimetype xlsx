--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf86b1742b448cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3368af7f3e4cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cb441a9bdb409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd37ff96434c4cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6d10854eefd488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cb441a9bdb409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19815c7994c46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd37ff96434c4cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZX56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,241</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>27,999</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,601</x:t>
-[...485 lines deleted...]
-          <x:t>28,770</x:t>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>