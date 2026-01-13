--- v0 (2025-12-24)
+++ v1 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcebe80f85536441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1092c4fd41404614" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2293fd2cebbe4c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afcadb5b9f04bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e44ed63aba4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2293fd2cebbe4c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f90084a161847a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afcadb5b9f04bcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZT11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>26,840</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,648</x:t>
-[...65 lines deleted...]
-          <x:t>26,860</x:t>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,008</x:t>
-[...198 lines deleted...]
-          <x:t>26,751</x:t>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>