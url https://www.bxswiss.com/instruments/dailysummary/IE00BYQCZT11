--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1092c4fd41404614" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f0ecb1883fc4932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afcadb5b9f04bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba5d22e3e414b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f90084a161847a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afcadb5b9f04bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c5c7a898034cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba5d22e3e414b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZT11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>27,395</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,275</x:t>
-[...58 lines deleted...]
-          <x:t>27,896</x:t>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>