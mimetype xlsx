--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f0ecb1883fc4932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0945154f8e4698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba5d22e3e414b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dece5317e64497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c5c7a898034cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba5d22e3e414b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66b9d1087fd401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dece5317e64497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZT11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,127</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>27,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,851</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>27,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>