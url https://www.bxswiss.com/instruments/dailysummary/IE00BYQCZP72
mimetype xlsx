--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4924bdf8875f431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54539d1d8066459f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a2ad5babdc4e29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a1a11260824c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb42677631d4a47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a2ad5babdc4e29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f5e2e7dae74c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a1a11260824c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>