--- v1 (2025-11-02)
+++ v2 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54539d1d8066459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec6d6463aab4c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a1a11260824c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ff0098b646f42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f5e2e7dae74c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a1a11260824c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad441196d7a846f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ff0098b646f42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity UCITS ETF - USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...603 lines deleted...]
-          <x:t>31,316</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>