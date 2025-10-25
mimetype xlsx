--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recae5e0af3c44b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb344fe1a344059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6aa55f1e1a24c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c8efe4dd594399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87f0b3c4f614b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6aa55f1e1a24c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac715578f9d498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c8efe4dd594399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZN58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>28,225</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,496</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>28,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,329</x:t>
-[...377 lines deleted...]
-          <x:t>28,419</x:t>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>