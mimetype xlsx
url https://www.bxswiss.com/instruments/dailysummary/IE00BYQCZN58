--- v1 (2025-10-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb344fe1a344059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3f401637c84bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48c8efe4dd594399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a0aae09376474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac715578f9d498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48c8efe4dd594399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95173164ddc24a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a0aae09376474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZN58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>28,493</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>