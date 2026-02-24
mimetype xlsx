--- v2 (2026-01-14)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3f401637c84bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a24fb307b3148af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97a0aae09376474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb93a697f260845c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95173164ddc24a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97a0aae09376474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457f04ad704c4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb93a697f260845c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZN58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>30,319</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,212</x:t>
-[...85 lines deleted...]
-          <x:t>31,194</x:t>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>