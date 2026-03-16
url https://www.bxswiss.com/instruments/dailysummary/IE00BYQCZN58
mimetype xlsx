--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a24fb307b3148af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb890dc2822234fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb93a697f260845c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393c50852a5d4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R457f04ad704c4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb93a697f260845c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R599d50ca2d91438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393c50852a5d4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZN58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>