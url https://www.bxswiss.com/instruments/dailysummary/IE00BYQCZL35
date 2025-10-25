--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6139b031e59442ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c73ee10be9424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b92b8eb8864d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ddd5ac3d7f4a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0d1661d98246db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b92b8eb8864d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f419cbca4134b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ddd5ac3d7f4a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>44,425</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,358</x:t>
-[...409 lines deleted...]
-          <x:t>44,683</x:t>
+          <x:t>45,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>