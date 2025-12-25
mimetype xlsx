--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c73ee10be9424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re142d95d5a82471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ddd5ac3d7f4a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaec5505a9ac461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f419cbca4134b01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ddd5ac3d7f4a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f58e2f6eaa145cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaec5505a9ac461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,348</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>