--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re142d95d5a82471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ca4bfad65f4596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaec5505a9ac461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e87206a89854523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f58e2f6eaa145cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaec5505a9ac461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2043c64d5d84361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e87206a89854523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>