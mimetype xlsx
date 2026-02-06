--- v3 (2026-01-14)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3ca4bfad65f4596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a6c7457e1491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e87206a89854523"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655df098353346a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2043c64d5d84361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e87206a89854523" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ab5a296d8347b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655df098353346a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>