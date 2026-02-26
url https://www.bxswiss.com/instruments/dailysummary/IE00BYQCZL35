--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177a6c7457e1491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8b3eea68a44ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R655df098353346a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492832bbc46a4485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ab5a296d8347b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R655df098353346a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fca7c7be604bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492832bbc46a4485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>