--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8b3eea68a44ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3d326be78546b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492832bbc46a4485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc659070e98a432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1fca7c7be604bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492832bbc46a4485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R619a8980830a4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc659070e98a432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZL35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>