--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a864786358d47b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6940fbafb5644fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18946d033bf42f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6af10a375c457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e77530a89cf4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18946d033bf42f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463c98ba048c47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6af10a375c457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>42,449</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>