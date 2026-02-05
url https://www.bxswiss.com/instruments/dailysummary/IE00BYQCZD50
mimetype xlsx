--- v1 (2026-01-14)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6940fbafb5644fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3412c38d0c244dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6af10a375c457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a49974ed364377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463c98ba048c47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6af10a375c457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c0f465f40374a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a49974ed364377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>