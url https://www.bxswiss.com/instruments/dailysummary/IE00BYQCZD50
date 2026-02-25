--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3412c38d0c244dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa04102d1e2416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a49974ed364377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a053665e3824df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c0f465f40374a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a49974ed364377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a28ac4d4c224178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a053665e3824df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>49,512</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>49,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>