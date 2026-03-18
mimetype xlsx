--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa04102d1e2416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aff7966abb549e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a053665e3824df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4100b417494241"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a28ac4d4c224178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a053665e3824df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10b3e01cbf224f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4100b417494241" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYQCZD50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>