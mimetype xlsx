--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce3509fd8e94aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af64903c19b415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5dfd11f2be4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c78be6219554ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c94a7ef42fc4e5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5dfd11f2be4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd9a565af8145c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c78be6219554ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Cyber Security UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPLS672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,540</x:t>
-[...490 lines deleted...]
-          <x:t>26,055</x:t>
+          <x:t>25,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>26,261</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>