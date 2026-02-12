--- v1 (2025-12-11)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7af64903c19b415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f788c9d5b14dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c78be6219554ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b43dfeaeebf4e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfd9a565af8145c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c78be6219554ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e8a097194a3473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b43dfeaeebf4e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Cyber Security UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPLS672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>25,705</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,608</x:t>
-[...215 lines deleted...]
-          <x:t>26,140</x:t>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>