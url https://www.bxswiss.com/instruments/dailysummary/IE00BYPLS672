--- v2 (2026-02-12)
+++ v3 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f788c9d5b14dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f55ee5a4ff42cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b43dfeaeebf4e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5eee9cbae24ef9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e8a097194a3473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b43dfeaeebf4e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3eb6d81c064d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5eee9cbae24ef9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Cyber Security UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPLS672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>23,615</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,516</x:t>
-[...48 lines deleted...]
-          <x:t>24,144</x:t>
+          <x:t>24,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,845</x:t>
-[...296 lines deleted...]
-          <x:t>22,472</x:t>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>