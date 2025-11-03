--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d04a43960264670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9c33270e9646b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66bdef35d174111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18ede017f42c4d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re915fe4e8c654ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66bdef35d174111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83300c81255f41a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18ede017f42c4d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>14,281</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,354</x:t>
-[...21 lines deleted...]
-          <x:t>14,326</x:t>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,295</x:t>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,304</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>14,312</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,327</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>14,252</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,242</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>14,314</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>14,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>