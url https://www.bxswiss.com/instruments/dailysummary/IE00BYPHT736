--- v1 (2025-11-03)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d9c33270e9646b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bedd3b7c57c4387" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18ede017f42c4d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d600f74c5948f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83300c81255f41a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18ede017f42c4d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6695c18e8cd04c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d600f74c5948f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>14,365</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,391</x:t>
-[...31 lines deleted...]
-          <x:t>14,294</x:t>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,309</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>14,308</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,294</x:t>
-[...97 lines deleted...]
-          <x:t>14,330</x:t>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,317</x:t>
-[...377 lines deleted...]
-          <x:t>14,314</x:t>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>