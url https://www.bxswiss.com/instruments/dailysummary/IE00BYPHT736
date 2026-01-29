--- v2 (2026-01-07)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bedd3b7c57c4387" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66f292757e94790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d600f74c5948f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d345fa09c44cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6695c18e8cd04c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d600f74c5948f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef2733bcb894262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d345fa09c44cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,425</x:t>
+          <x:t>14,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,385</x:t>
-[...65 lines deleted...]
-          <x:t>14,326</x:t>
+          <x:t>14,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>14,392</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,360</x:t>
-[...6 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,373</x:t>
-[...151 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,300</x:t>
-[...63 lines deleted...]
-          <x:t>14,331</x:t>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>