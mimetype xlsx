--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66f292757e94790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdebc2aa1b34f4cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d345fa09c44cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7486ac86c51646c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ef2733bcb894262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d345fa09c44cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16719db4099d4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7486ac86c51646c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,300</x:t>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,284</x:t>
-[...421 lines deleted...]
-          <x:t>14,278</x:t>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,263</x:t>
-[...53 lines deleted...]
-          <x:t>14,249</x:t>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>