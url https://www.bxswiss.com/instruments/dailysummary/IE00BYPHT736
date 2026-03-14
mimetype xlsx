--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdebc2aa1b34f4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af7e307a8004319" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7486ac86c51646c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3c55b180154976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16719db4099d4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7486ac86c51646c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe21a6a7e03e46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3c55b180154976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) iBoxx EUR Corporate Bond Yield Plus UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYPHT736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>14,278</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,263</x:t>
-[...124 lines deleted...]
-          <x:t>14,298</x:t>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,270</x:t>
-[...168 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>14,219</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,173</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>14,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>