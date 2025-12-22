--- v0 (2025-10-20)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b129ce963e4e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72df9c611ae4001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56dac072406c409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ae1ffec4134537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcebe2eaae247ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56dac072406c409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe19f3be9682432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ae1ffec4134537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco KBW NASDAQ Fintech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMS5W68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>47,607</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,682</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>46,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>