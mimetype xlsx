--- v1 (2025-12-22)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72df9c611ae4001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643a1cac9bac4004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28ae1ffec4134537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R006ef5915d4c4390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe19f3be9682432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28ae1ffec4134537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d4276dd8db24f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R006ef5915d4c4390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco KBW NASDAQ Fintech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMS5W68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>46,506</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,400</x:t>
-[...53 lines deleted...]
-          <x:t>46,226</x:t>
+          <x:t>47,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,417</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>46,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,822</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>46,872</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>