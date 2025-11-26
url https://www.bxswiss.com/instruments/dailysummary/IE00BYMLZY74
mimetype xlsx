--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427e71d767934e8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra830f6f5729041fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba892a70c0c45ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9932a82d3a204eee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367dc4b4027e4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba892a70c0c45ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55dfdc5f5b04a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9932a82d3a204eee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>13,021</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>