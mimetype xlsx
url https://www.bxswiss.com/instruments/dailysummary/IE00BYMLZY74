--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra830f6f5729041fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbf4564e7a44506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9932a82d3a204eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba019320d2844c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb55dfdc5f5b04a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9932a82d3a204eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4d03e3eea04d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba019320d2844c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,323</x:t>
-[...151 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,485</x:t>
-[...252 lines deleted...]
-          <x:t>13,178</x:t>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>