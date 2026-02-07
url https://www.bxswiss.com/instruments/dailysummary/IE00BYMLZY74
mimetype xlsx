--- v2 (2026-01-07)
+++ v3 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbf4564e7a44506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b0302bc07ec4d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba019320d2844c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6944b9a800e4451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b4d03e3eea04d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba019320d2844c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7998e6bc9f343cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6944b9a800e4451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>