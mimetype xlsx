--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b0302bc07ec4d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c516f4d5414e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6944b9a800e4451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e5a12405564d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7998e6bc9f343cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6944b9a800e4451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203b850101c64fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e5a12405564d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Enhanced Commodity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYMLZY74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>13,929</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,883</x:t>
-[...544 lines deleted...]
-          <x:t>14,294</x:t>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>