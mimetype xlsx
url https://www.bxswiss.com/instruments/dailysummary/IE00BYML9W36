--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbbbe7b581064892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f463449d0004b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b0bd6b56044037"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99661d1c70ba431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b04640200a4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b0bd6b56044037" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53be3557324489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99661d1c70ba431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,174</x:t>
-[...306 lines deleted...]
-          <x:t>49,689</x:t>
+          <x:t>49,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>