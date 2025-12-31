--- v1 (2025-10-30)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f463449d0004b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e7dd70efe94c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99661d1c70ba431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa80871dc9ac4b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53be3557324489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99661d1c70ba431b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d29c1d9fd36420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa80871dc9ac4b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>49,952</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,860</x:t>
-[...372 lines deleted...]
-          <x:t>50,984</x:t>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,665</x:t>
-[...26 lines deleted...]
-          <x:t>51,031</x:t>
+          <x:t>50,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>