--- v2 (2025-12-31)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e7dd70efe94c2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f23da12fe05489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa80871dc9ac4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c8f33f612b4ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d29c1d9fd36420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa80871dc9ac4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bca7ed6f4e74a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c8f33f612b4ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>51,397</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,254</x:t>
-[...38 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,747</x:t>
-[...4 lines deleted...]
-          <x:t>50,301</x:t>
+          <x:t>50,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>50,140</x:t>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,543</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>50,567</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>