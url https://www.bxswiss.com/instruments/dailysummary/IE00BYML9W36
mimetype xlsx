--- v3 (2026-02-10)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f23da12fe05489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2967c0eca62a4b22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c8f33f612b4ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3771b456bf4f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bca7ed6f4e74a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c8f33f612b4ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a06fec093148ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3771b456bf4f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYML9W36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>49,671</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>