--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6346ff18cf184a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57bb2edccd734ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20191e55976b46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a10f903f8b428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd584b4e5f1124ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20191e55976b46fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b100f60b5bd4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a10f903f8b428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,523</x:t>
-[...21 lines deleted...]
-          <x:t>5,497</x:t>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,497</x:t>
-[...16 lines deleted...]
-          <x:t>5,521</x:t>
+          <x:t>5,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>15.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,587</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>5,585</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>5,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>