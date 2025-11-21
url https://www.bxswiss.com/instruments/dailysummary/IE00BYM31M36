--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57bb2edccd734ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee401c2df164270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a10f903f8b428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf628c281c67f46a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b100f60b5bd4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a10f903f8b428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfba893c5b04604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf628c281c67f46a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,588</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>5,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>5,613</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,597</x:t>
-[...200 lines deleted...]
-          <x:t>5,553</x:t>
+          <x:t>5,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,568</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>5,583</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,559</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,568</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>5,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>