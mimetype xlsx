--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ee401c2df164270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf6b9af411746fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf628c281c67f46a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23921d95ee9a49d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfba893c5b04604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf628c281c67f46a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35f00fa633f4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23921d95ee9a49d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,543</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,540</x:t>
-[...16 lines deleted...]
-          <x:t>5,575</x:t>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,582</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,556</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,574</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,596</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,572</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>5,582</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>5,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>