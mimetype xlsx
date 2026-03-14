--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf6b9af411746fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7adf1ef8392417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23921d95ee9a49d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R020916b3316c47c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35f00fa633f4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23921d95ee9a49d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06f924c604714e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R020916b3316c47c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Fallen Angels High Yield Corp Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM31M36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,522</x:t>
-[...620 lines deleted...]
-          <x:t>5,582</x:t>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>