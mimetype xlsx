--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeec1626e717428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c7f01ad34046f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea50e928207426f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6f77accbd94325"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c0ccb69f6644987" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea50e928207426f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d7734b73a445bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6f77accbd94325" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>