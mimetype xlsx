--- v1 (2025-11-02)
+++ v2 (2026-01-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95c7f01ad34046f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f240e67d67471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6f77accbd94325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c35016c9bf49d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d7734b73a445bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6f77accbd94325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bb90e0c27e404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c35016c9bf49d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,496</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>