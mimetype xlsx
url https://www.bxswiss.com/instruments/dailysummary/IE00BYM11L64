--- v2 (2026-01-03)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f240e67d67471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402315fbcb1f4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c35016c9bf49d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b212f23c70467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bb90e0c27e404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c35016c9bf49d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81bb8d70e50425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b212f23c70467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>223,890</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>