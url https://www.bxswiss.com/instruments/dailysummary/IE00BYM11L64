--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402315fbcb1f4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d628dbef314990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b212f23c70467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d8436c38934d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb81bb8d70e50425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b212f23c70467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74cabe7629954984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d8436c38934d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11L64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>229,466</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>229,286</x:t>
-[...242 lines deleted...]
-          <x:t>228,969</x:t>
+          <x:t>223,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>