--- v0 (2025-10-28)
+++ v1 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57b1cad6ca51434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba70cc83ce6d48c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5ce56482cf4db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21eb0fed4e7446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed2c962a16474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5ce56482cf4db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0b9d25387c4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21eb0fed4e7446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11K57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>230,316</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>