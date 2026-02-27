--- v1 (2026-02-07)
+++ v2 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba70cc83ce6d48c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c981b44a984bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21eb0fed4e7446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39f615745ba47a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0b9d25387c4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21eb0fed4e7446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff8254285d54e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39f615745ba47a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11K57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>236,946</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,623</x:t>
-[...296 lines deleted...]
-          <x:t>233,494</x:t>
+          <x:t>232,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>