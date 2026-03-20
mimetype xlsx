--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c981b44a984bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ca835c3dc249a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39f615745ba47a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaf2556a649e47be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff8254285d54e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39f615745ba47a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b2f4a8a5ab4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaf2556a649e47be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11K57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>233,495</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,169</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,958</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>