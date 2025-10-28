--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c21b1eb2d941dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f82f383690340f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa45aceffdb64039"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red96d3cb172f4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7d3cdef0194bdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa45aceffdb64039" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f4de0a3537495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red96d3cb172f4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - MSCI ACWI SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11J43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>