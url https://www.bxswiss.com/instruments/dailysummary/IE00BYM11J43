--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f82f383690340f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7633d0c46447ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red96d3cb172f4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf520b04563240e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f4de0a3537495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red96d3cb172f4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12aa0ae9d8b04259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf520b04563240e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - MSCI ACWI SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11J43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>238,736</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,976</x:t>
-[...328 lines deleted...]
-          <x:t>240,187</x:t>
+          <x:t>241,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>