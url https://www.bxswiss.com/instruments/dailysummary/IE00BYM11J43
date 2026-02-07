--- v2 (2025-11-17)
+++ v3 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7633d0c46447ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a4dac979164096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf520b04563240e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f095c7559c4f59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12aa0ae9d8b04259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf520b04563240e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693dae77ab2d46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f095c7559c4f59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - MSCI ACWI SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11J43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>243,129</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,258</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>236,989</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>