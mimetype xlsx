--- v3 (2026-02-07)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a4dac979164096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7727b6399574855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f095c7559c4f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b3f1c30f3045d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693dae77ab2d46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f095c7559c4f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bfa0c5d45bc406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b3f1c30f3045d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - MSCI ACWI SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11J43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>242,643</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>240,880</x:t>
-[...328 lines deleted...]
-          <x:t>241,606</x:t>
+          <x:t>240,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>