--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76aef899f850434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbefe272a888a476a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b052fcf03ec4736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25617c74904a7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49cf8019aeb24d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b052fcf03ec4736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2614f7091bbb4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25617c74904a7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>