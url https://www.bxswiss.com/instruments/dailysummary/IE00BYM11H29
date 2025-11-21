--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbefe272a888a476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5901f6ea04944a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb25617c74904a7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56aae7bb2d1a41f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2614f7091bbb4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb25617c74904a7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a62c26117dd4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56aae7bb2d1a41f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>181,397</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,010</x:t>
-[...463 lines deleted...]
-          <x:t>184,664</x:t>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>