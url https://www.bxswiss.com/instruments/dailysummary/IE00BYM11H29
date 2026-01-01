--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5901f6ea04944a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88f05e141304dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56aae7bb2d1a41f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa17c20976d41d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a62c26117dd4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56aae7bb2d1a41f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0247bdf6626f4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa17c20976d41d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>181,883</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>