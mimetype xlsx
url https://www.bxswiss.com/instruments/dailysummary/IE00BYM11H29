--- v3 (2026-01-01)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra88f05e141304dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0060cb38a9842d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa17c20976d41d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e86e746243545e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0247bdf6626f4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa17c20976d41d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63830b2024e24f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e86e746243545e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>186,323</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,150</x:t>
-[...382 lines deleted...]
-          <x:t>185,597</x:t>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>