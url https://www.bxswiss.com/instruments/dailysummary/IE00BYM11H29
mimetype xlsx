--- v4 (2026-02-13)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0060cb38a9842d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331748e7a03f4ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e86e746243545e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1125c13b09c14a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63830b2024e24f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e86e746243545e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb017bee3086a4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1125c13b09c14a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>