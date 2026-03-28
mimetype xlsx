--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R331748e7a03f4ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e209a8589374bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1125c13b09c14a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4f7d1a69024f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb017bee3086a4da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1125c13b09c14a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73be6c4521be461a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4f7d1a69024f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS Fdso - MSCI ACWI SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BYM11H29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...365 lines deleted...]
-          <x:t>185,930</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,761</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,798</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>