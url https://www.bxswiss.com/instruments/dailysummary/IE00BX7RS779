--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f8fadc05fe4d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5238df3d444a44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a47a724b544c28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db2b09510d546e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60f7bdda6dc485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a47a724b544c28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9234c751a7dd4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db2b09510d546e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RS779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>27,740</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,571</x:t>
-[...232 lines deleted...]
-          <x:t>28,131</x:t>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,923</x:t>
-[...355 lines deleted...]
-          <x:t>28,381</x:t>
+          <x:t>28,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>