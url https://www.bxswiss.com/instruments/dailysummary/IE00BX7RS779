--- v1 (2025-10-26)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5238df3d444a44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e4952e891f4e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db2b09510d546e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ebb644f4ad4107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9234c751a7dd4698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db2b09510d546e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92984362abb84347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ebb644f4ad4107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RS779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>28,408</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>