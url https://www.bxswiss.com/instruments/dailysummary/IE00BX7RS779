--- v2 (2025-12-30)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e4952e891f4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cdb2558c034e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ebb644f4ad4107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc7dbc49f4ee49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92984362abb84347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ebb644f4ad4107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08767e1a4455432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc7dbc49f4ee49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RS779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>26,547</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,734</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>27,490</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,161</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>27,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>