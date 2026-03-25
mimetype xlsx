--- v3 (2026-02-10)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cdb2558c034e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5957e84613404f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc7dbc49f4ee49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74cc36cb4f54459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08767e1a4455432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc7dbc49f4ee49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b3a76def7745c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74cc36cb4f54459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI Australia UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RS779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>26,970</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>27,803</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>