--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf245a23f424603" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0277018af00848e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5631a7e705124ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932769b87d57497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R569b5f199e7840af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5631a7e705124ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90b87291beb4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932769b87d57497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>