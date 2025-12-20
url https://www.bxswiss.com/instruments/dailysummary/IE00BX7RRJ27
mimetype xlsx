--- v1 (2025-10-28)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0277018af00848e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e7768f6a564c07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932769b87d57497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c8bc1227054167"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90b87291beb4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932769b87d57497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82cdd703e0a84b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c8bc1227054167" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>47,873</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,379</x:t>
-[...436 lines deleted...]
-          <x:t>48,628</x:t>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>