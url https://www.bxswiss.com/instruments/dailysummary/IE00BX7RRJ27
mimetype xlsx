--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e7768f6a564c07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ade6d125eb14bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02c8bc1227054167"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac7476f822f445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82cdd703e0a84b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02c8bc1227054167" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfb1d04a00b4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac7476f822f445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>49,194</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,208</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>48,935</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,314</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>49,971</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,887</x:t>
-[...269 lines deleted...]
-          <x:t>49,157</x:t>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>