--- v3 (2026-01-10)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ade6d125eb14bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d83d5f990b94429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac7476f822f445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc588f1e49f3749a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfb1d04a00b4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac7476f822f445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94f3cfd5b6f45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc588f1e49f3749a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,572</x:t>
-[...441 lines deleted...]
-          <x:t>50,738</x:t>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>