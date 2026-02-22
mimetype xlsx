--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d83d5f990b94429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cfb1bb767ec4983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc588f1e49f3749a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14881f654eee4721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94f3cfd5b6f45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc588f1e49f3749a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f66381c184a4876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14881f654eee4721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>49,548</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>