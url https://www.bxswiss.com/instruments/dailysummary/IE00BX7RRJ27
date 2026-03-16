--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cfb1bb767ec4983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94097640dea74a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14881f654eee4721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab062ff363e8448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f66381c184a4876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14881f654eee4721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e9200dd5fc4d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab062ff363e8448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc Factor MSCI USA Quality ESG UCITS ETF (USD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RRJ27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>48,549</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,305</x:t>
-[...323 lines deleted...]
-          <x:t>48,121</x:t>
+          <x:t>48,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>