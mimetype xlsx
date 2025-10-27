--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aed714cbff4e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34007f315d6547a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26811b64bb9b45ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab28f0670c2b417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98df6e7fd3a4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26811b64bb9b45ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb388a9e6e289467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab28f0670c2b417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,609</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,703</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>