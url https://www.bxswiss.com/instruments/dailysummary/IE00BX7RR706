--- v1 (2025-10-27)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34007f315d6547a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdd41f2de0e465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab28f0670c2b417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dfb992aa59b4529"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb388a9e6e289467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab28f0670c2b417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a77ef54a924483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dfb992aa59b4529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>29,652</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,703</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>29,654</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,521</x:t>
-[...220 lines deleted...]
-          <x:t>30,404</x:t>
+          <x:t>30,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>