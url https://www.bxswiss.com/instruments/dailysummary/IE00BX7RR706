--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdd41f2de0e465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf943d85f5ae45b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dfb992aa59b4529"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225e46aec97e41ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a77ef54a924483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dfb992aa59b4529" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R653449df84ba4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225e46aec97e41ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,111</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>