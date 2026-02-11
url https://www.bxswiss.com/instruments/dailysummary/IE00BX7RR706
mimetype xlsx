--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf943d85f5ae45b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4201a0f44f85434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R225e46aec97e41ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78c7e61cb154f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R653449df84ba4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R225e46aec97e41ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0088297176e14489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78c7e61cb154f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>30,936</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,163</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>31,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>