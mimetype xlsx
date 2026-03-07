--- v4 (2026-02-11)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4201a0f44f85434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1440dad5783a4840" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78c7e61cb154f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7eda95bfbe45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0088297176e14489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78c7e61cb154f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91b77e89e5a4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7eda95bfbe45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>31,284</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,619</x:t>
-[...274 lines deleted...]
-          <x:t>31,163</x:t>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>