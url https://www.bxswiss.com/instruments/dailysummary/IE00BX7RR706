--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1440dad5783a4840" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e25bf53af8493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7eda95bfbe45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d4aa01ccdf416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf91b77e89e5a4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7eda95bfbe45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc966dd51ee6b4217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d4aa01ccdf416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Factor MSCI USA Prime Value Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BX7RR706</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>