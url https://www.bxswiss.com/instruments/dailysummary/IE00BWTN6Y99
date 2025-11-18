--- v0 (2025-10-27)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8c8c6b126384584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf169f0ed1d2c4a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484422aa22b5485f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb83ef9170ad4742"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R678d28ee2e714db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484422aa22b5485f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4501edbd824140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb83ef9170ad4742" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWTN6Y99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>29,278</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,978</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>29,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,034</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>28,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,932</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>29,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>