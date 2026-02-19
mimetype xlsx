--- v1 (2025-11-18)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf169f0ed1d2c4a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a3b545b02e4e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb83ef9170ad4742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbfca57cc7f491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4501edbd824140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb83ef9170ad4742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e42709ec834f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbfca57cc7f491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWTN6Y99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,963</x:t>
-[...48 lines deleted...]
-          <x:t>28,598</x:t>
+          <x:t>28,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,550</x:t>
-[...4 lines deleted...]
-          <x:t>28,619</x:t>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>