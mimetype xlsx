--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a3b545b02e4e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d4158d925824787" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbfca57cc7f491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e31aa45be04ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e42709ec834f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbfca57cc7f491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra195eac4145e4e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e31aa45be04ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 High Dividend Low Volatility UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWTN6Y99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,834</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,851</x:t>
-[...198 lines deleted...]
-          <x:t>30,144</x:t>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>