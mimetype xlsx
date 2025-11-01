--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1980bd2d244d4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra765f637eed94866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd546bd1644164b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed83ea4a10941be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a99a52aa8f647e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd546bd1644164b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2583736f7a14d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed83ea4a10941be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWK1SP74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>