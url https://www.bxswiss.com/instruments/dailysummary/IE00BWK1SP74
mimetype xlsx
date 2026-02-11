--- v1 (2025-11-01)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra765f637eed94866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91015b2387c4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ed83ea4a10941be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11f4a225f034ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2583736f7a14d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ed83ea4a10941be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112c48b9c19446ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11f4a225f034ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWK1SP74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,086</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>