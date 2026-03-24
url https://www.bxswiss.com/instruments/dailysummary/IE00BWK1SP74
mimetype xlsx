--- v2 (2026-02-11)
+++ v3 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91015b2387c4b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d9c10662504afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11f4a225f034ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc68af7824b3c4cd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112c48b9c19446ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11f4a225f034ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re815905a03034cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc68af7824b3c4cd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU CHF Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWK1SP74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,493</x:t>
-[...414 lines deleted...]
-          <x:t>9,726</x:t>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>