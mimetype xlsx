--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa717394f824f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9626644ba91549d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8812b8a7d01741f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05770c98db4e4575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c076bd90af4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8812b8a7d01741f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra679abc01b0a4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05770c98db4e4575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>41,694</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>45,181</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>