--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9626644ba91549d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdfa3eecfe0d48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05770c98db4e4575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5287fbe4aa394cd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra679abc01b0a4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05770c98db4e4575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d0422ba8e14e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5287fbe4aa394cd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>43,667</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,319</x:t>
-[...458 lines deleted...]
-          <x:t>42,217</x:t>
+          <x:t>42,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>