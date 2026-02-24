--- v2 (2026-02-02)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdfa3eecfe0d48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9510ba18864451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5287fbe4aa394cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c13018c33dc4b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d0422ba8e14e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5287fbe4aa394cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f07ae4696d4bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c13018c33dc4b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,787</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>41,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>