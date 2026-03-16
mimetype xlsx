--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9510ba18864451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f1a51668634432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c13018c33dc4b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f06d16bac84057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f07ae4696d4bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c13018c33dc4b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a8b842018e433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f06d16bac84057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Utilities Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXMB69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>