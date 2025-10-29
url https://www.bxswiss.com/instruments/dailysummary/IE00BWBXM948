--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa00e7b45e6472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcefc847f5a340cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0876f86d1296470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c9ee22ce2a4a64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbde70b6a360d4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0876f86d1296470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4b705c8fe94bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c9ee22ce2a4a64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,322</x:t>
-[...90 lines deleted...]
-          <x:t>123,310</x:t>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>