--- v1 (2025-10-29)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcefc847f5a340cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7e737268984967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4c9ee22ce2a4a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e00a3f400064900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4b705c8fe94bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4c9ee22ce2a4a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45855d344ecd4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e00a3f400064900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>126,862</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>