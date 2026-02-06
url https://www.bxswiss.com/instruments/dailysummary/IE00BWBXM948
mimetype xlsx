--- v2 (2025-12-28)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7e737268984967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577f9d0ad8654b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e00a3f400064900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6584379478174774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45855d344ecd4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e00a3f400064900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa722bae1a3f4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6584379478174774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>121,630</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>