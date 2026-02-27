--- v3 (2026-02-06)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R577f9d0ad8654b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf387dfe17a474b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6584379478174774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d82c650e694921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa722bae1a3f4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6584379478174774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59805b3d8b9846e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d82c650e694921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>