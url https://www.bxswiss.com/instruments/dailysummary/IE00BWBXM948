--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf387dfe17a474b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90cd5b94b72243a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d82c650e694921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a00a91427cf4dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59805b3d8b9846e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d82c650e694921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc44282a3364e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a00a91427cf4dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P US Technology Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>118,301</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,232</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>115,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,982</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>116,341</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,982</x:t>
-[...26 lines deleted...]
-          <x:t>114,272</x:t>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>